--- v0 (2026-01-23)
+++ v1 (2026-03-24)
@@ -421,51 +421,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>employee_id</t>
+          <t>emp_id</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>from_date</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>to_date</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>reason</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">